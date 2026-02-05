--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -482,51 +482,51 @@
   <si>
     <t>#31 Terrence Jackson - FB</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>13:20</t>
   </si>
   <si>
     <t>CIN 32</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 32 (13:21) 39-Julio Hamilton ran to CIN 35 for 3 yards. Tackle by 51-Robert Mann.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Jameson Kelly - TE</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>