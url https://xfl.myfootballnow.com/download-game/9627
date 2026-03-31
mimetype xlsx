--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -1070,51 +1070,51 @@
   <si>
     <t>2-5-BUF 38 (10:21) 8-Matthew Whitney pass INTERCEPTED by 96-Jeremy Holmes at BUF 50. 96-Jeremy Holmes to BUF 50 for -0 yards. Tackle by 89-Elijah Diller. Pressure by 70-Randy Newton.</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>BUF 50</t>
   </si>
   <si>
     <t>1-10-BUF 50 (10:14) 18-Reynaldo Cook pass complete to 84-Steven Hamel to BUF 47 for 3 yards. Tackle by 29-Allen Crandall. NEC 83-Michael Frank was injured on the play. He looks like he should be able to return. PENALTY - Offsides (BUF 43-Gerry Covington)</t>
   </si>
   <si>
     <t>10:10</t>
   </si>
   <si>
     <t>BUF 45</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>1-5-BUF 45 (10:11) 18-Reynaldo Cook sacked at NEC 47 for -8 yards (65-Albert Lawrence). Sack allowed by 51-Shane Haupt.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>9:30</t>
   </si>
   <si>
     <t>NEC 47</t>
   </si>
   <si>
     <t>2-13-NEC 47 (9:29) 42-William Gorsuch ran to BUF 48 for 5 yards. Tackle by 30-Dwayne Sargent.</t>
   </si>
   <si>
     <t>8:57</t>
   </si>
   <si>
     <t>BUF 48</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-8-BUF 48 (8:56) 18-Reynaldo Cook pass Pass knocked down by 29-Allen Crandall. incomplete, intended for 80-Robert Vargas.</t>
   </si>
   <si>
     <t>4-8-BUF 48 (8:53) 3-Michael Scott punts 39 yards to BUF 8.</t>
   </si>
@@ -1283,51 +1283,51 @@
   <si>
     <t>5:13</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-10-BUF 11 (5:14) 8-Matthew Whitney pass incomplete, dropped by 17-Martin Urlacher . PENALTY - Pass Interference (NEC 92-William Todd)</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>1-10-BUF 9 (5:11) 8-Matthew Whitney pass complete to 89-Elijah Diller to NEC 10 for 80 yards. Tackle by 31-Alan Witty.</t>
   </si>
   <si>
     <t>4:25</t>
   </si>
   <si>
     <t>NEC 10</t>
   </si>
   <si>
     <t>1-10-NEC 10 (4:24) 8-Matthew Whitney pass complete to 20-Van Gillespie to NEC 10 for a short gain. Tackle by 50-Matthew Davis.</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>2-10-NEC 10 (3:43) 8-Matthew Whitney pass complete to 20-Van Gillespie to NEC 5 for 5 yards. Tackle by 50-Matthew Davis.</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>NEC 5</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>3-5-NEC 5 (2:57) 47-Steven Holloman ran for 5 yards. TOUCHDOWN! BUF 44 NEC 6</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>Dime Normal 4 Deep Man Under</t>
   </si>