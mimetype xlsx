--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Jared Obrien kicks 74 yards from SPP 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#2 Jared Obrien - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal CB3 MLB Blitz</t>
   </si>
@@ -1463,51 +1463,51 @@
   <si>
     <t>(9:18) 6-Stephen Roman kicks 74 yards from PNX 35 to SPP -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-SPP 25 (9:18) 5-Stephen Gibson pass complete to 84-Chase Norman to SPP 26 for 1 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-9-SPP 26 (8:34) 5-Stephen Gibson pass complete to 81-Mike Johnston to SPP 28 for 2 yards. Tackle by 49-Troy Winchell. PNX 2-Thomas Gooch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-7-SPP 28 (7:55) 5-Stephen Gibson pass complete to 47-Terry Cowart to SPP 27 for -1 yards. Tackle by 45-Lorenzo Kapoor.</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>4-8-SPP 27 (7:12) 14-Dennis Ardoin punts 47 yards to PNX 26. 44-Lee Lytton to PNX 41 for 16 yards. Tackle by 42-Manuel Harris. PNX 90-Patrick Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>1-10-PNX 41 (7:01) 9-Taylor Rojas pass Pass knocked down by 27-Joseph Coleman. incomplete, intended for 12-James Hurlbert.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>2-10-PNX 41 (6:57) 40-Son Johnson ran to SPP 45 for 13 yards. Tackle by 43-Larry Carlson.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>