--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1463,51 +1463,51 @@
   <si>
     <t>(9:18) 6-Stephen Roman kicks 74 yards from PNX 35 to SPP -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-SPP 25 (9:18) 5-Stephen Gibson pass complete to 84-Chase Norman to SPP 26 for 1 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>8:35</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-9-SPP 26 (8:34) 5-Stephen Gibson pass complete to 81-Mike Johnston to SPP 28 for 2 yards. Tackle by 49-Troy Winchell. PNX 2-Thomas Gooch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:56</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>3-7-SPP 28 (7:55) 5-Stephen Gibson pass complete to 47-Terry Cowart to SPP 27 for -1 yards. Tackle by 45-Lorenzo Kapoor.</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>7:13</t>
   </si>
   <si>
     <t>4-8-SPP 27 (7:12) 14-Dennis Ardoin punts 47 yards to PNX 26. 44-Lee Lytton to PNX 41 for 16 yards. Tackle by 42-Manuel Harris. PNX 90-Patrick Washington was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>1-10-PNX 41 (7:01) 9-Taylor Rojas pass Pass knocked down by 27-Joseph Coleman. incomplete, intended for 12-James Hurlbert.</t>
   </si>
   <si>
     <t>6:56</t>
   </si>
   <si>
     <t>2-10-PNX 41 (6:57) 40-Son Johnson ran to SPP 45 for 13 yards. Tackle by 43-Larry Carlson.</t>
   </si>
   <si>
     <t>6:22</t>
   </si>