--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -311,51 +311,51 @@
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>#95 Randolph Sailor - LDE</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#20 David Robinson - CB</t>
   </si>
   <si>
     <t>#10 Travis Hall - WR</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>TBY</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-TBY 26 (14:56) 4-Douglas Brock pass Pass knocked down by 50-John Hampton. incomplete, intended for 15-Raymond Guillory.</t>
   </si>
   <si>
     <t>#4 Douglas Brock - QB</t>
   </si>