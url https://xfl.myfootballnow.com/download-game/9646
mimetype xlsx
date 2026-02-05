--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
@@ -1193,51 +1193,51 @@
   <si>
     <t>3-9-PNX 40 (5:06) 14-William Powers pass complete to 39-Harold Blue to PNX 37 for 3 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>4-6-PNX 37 (4:21) 1-Cory Pate 54 yard field goal is GOOD. PNX 7 PRI 3</t>
   </si>
   <si>
     <t>#12 Roger Carey - QB</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
     <t>#57 Eric Briggs - LT</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>(4:17) 1-Cory Pate kicks 73 yards from PRI 35 to PNX -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-PNX 25 (4:17) 40-Son Johnson ran to PNX 25 for a short loss. Tackle by 94-Larry Ansell.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>2-10-PNX 25 (3:43) 9-Taylor Rojas pass Pass knocked down by 51-John Culp. incomplete, intended for 12-James Hurlbert. 51-John Culp got away with a hold on that play. PNX 79-Christopher Nelson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>3-10-PNX 25 (3:40) 10-Carmelo Cruz ran to PNX 31 for 6 yards. Tackle by 21-Tristan Alatorre.</t>
   </si>