--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1193,51 +1193,51 @@
   <si>
     <t>3-9-PNX 40 (5:06) 14-William Powers pass complete to 39-Harold Blue to PNX 37 for 3 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>4-6-PNX 37 (4:21) 1-Cory Pate 54 yard field goal is GOOD. PNX 7 PRI 3</t>
   </si>
   <si>
     <t>#12 Roger Carey - QB</t>
   </si>
   <si>
     <t>#79 Mark Larocque - C</t>
   </si>
   <si>
     <t>#57 Eric Briggs - LT</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>(4:17) 1-Cory Pate kicks 73 yards from PRI 35 to PNX -8. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-PNX 25 (4:17) 40-Son Johnson ran to PNX 25 for a short loss. Tackle by 94-Larry Ansell.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>2-10-PNX 25 (3:43) 9-Taylor Rojas pass Pass knocked down by 51-John Culp. incomplete, intended for 12-James Hurlbert. 51-John Culp got away with a hold on that play. PNX 79-Christopher Nelson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:39</t>
   </si>
   <si>
     <t>3-10-PNX 25 (3:40) 10-Carmelo Cruz ran to PNX 31 for 6 yards. Tackle by 21-Tristan Alatorre.</t>
   </si>