--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -347,81 +347,81 @@
   <si>
     <t>I Formation Power HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-BUF 25 (15:00) 17-Martin Urlacher  ran to BUF 24 for -1 yards. Tackle by 95-Lewis Jones.</t>
   </si>
   <si>
     <t>#8 Matthew Whitney - QB</t>
   </si>
   <si>
     <t>#89 Elijah Diller - WR</t>
   </si>
   <si>
     <t>#81 James Vasquez - WR</t>
   </si>
   <si>
     <t>#59 Dan Bradwell - C</t>
   </si>
   <si>
     <t>#76 Dwayne Burton - C</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>BUF 24</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>2-11-BUF 24 (14:21) 8-Matthew Whitney pass complete to 87-James Vasquez to BUF 37 for 12 yards. Tackle by 24-Thomas Haney.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>BUF 37</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>
   <si>
     <t>1-10-BUF 37 (13:38) 8-Matthew Whitney pass Pass knocked down by 24-Thomas Haney. incomplete, intended for 82-David Morley.</t>
   </si>