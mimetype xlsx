--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,99 +299,99 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-James Shoults kicks 68 yards from MTG 35 to SEA -3. Touchback.</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#31 Anthony Pitre - FS</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#75 Harold Elser - DT</t>
   </si>
   <si>
     <t>#98 Harry Diez - DT</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>#20 Joe Benjamin - CB</t>
   </si>
   <si>
     <t>#44 Christopher Larson - SS</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>#6 James Shoults - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 1-Stanley McKeon sacked at SEA 17 for -8 yards (95-Travis Daugherty). Sack allowed by 79-Harland Chamberlain.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#43 Robert Smith - TE</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#96 Daniel Martin - LDE</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>
   <si>
     <t>#64 Philip Zuniga - DT</t>
   </si>
   <si>
     <t>#97 Travis Daugherty - RDE</t>
   </si>