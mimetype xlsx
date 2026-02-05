--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,81 +365,81 @@
   <si>
     <t>#80 Steven Hamel - TE</t>
   </si>
   <si>
     <t>#13 Steven Crist - WR</t>
   </si>
   <si>
     <t>#11 Richard Bohm - WR</t>
   </si>
   <si>
     <t>#69 Shane Haupt - LG</t>
   </si>
   <si>
     <t>#52 William Mackin - LG</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
   <si>
     <t>#60 Gregory Fried - LG</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>#26 Ryan Embree - CB</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>NEC 26</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>2-9-NEC 26 (14:17) 42-William Gorsuch ran to NEC 26 for a short gain. Tackle by 91-Frank Watson.</t>
   </si>
   <si>
     <t>#77 Craig Paul - C</t>
   </si>
   <si>
     <t>#72 Robert Vargas - LDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>