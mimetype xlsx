--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1361,51 +1361,51 @@
   <si>
     <t>4-10-MIA 25 (14:15) 13-Vincent Swink punts 46 yards to NEC 29. Fair Catch by 24-Jean Davis.</t>
   </si>
   <si>
     <t>14:07</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>1-10-NEC 29 (14:08) 18-Reynaldo Cook pass complete to 83-Michael Frank to MIA 34 for 37 yards. Tackle by 41-Leopoldo Worrell. 83-Michael Frank made a great move on the CB. It looks like the offense is starting to get familiar with that defensive play.</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>1-10-MIA 34 (13:24) 18-Reynaldo Cook sacked at MIA 41 for -6 yards (98-Kenneth Kirchner). Sack allowed by 63-Gregory Fried.</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>2-16-MIA 41 (12:41) 18-Reynaldo Cook pass complete to 80-Robert Vargas to MIA 36 for 4 yards. Tackle by 22-Daryl Gardner.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>12:03</t>
   </si>
   <si>
     <t>MIA 36</t>
   </si>
   <si>
     <t>3-12-MIA 36 (12:02) Tackle by 72-George Roberts.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>4-10-MIA 34 (11:15) 4-Jeffery Moreno 52 yard field goal is GOOD. MIA 3 NEC 13</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>(11:11) 4-Jeffery Moreno kicks 74 yards from NEC 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-MIA 25 (11:11) 7-Wendell Anderson pass complete to 23-Rick Burke to MIA 27 for 2 yards. Tackle by 96-Jeremy Holmes. Great move by 23-Rick Burke to get free of his coverage.</t>
   </si>