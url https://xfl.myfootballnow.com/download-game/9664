--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -302,102 +302,102 @@
   <si>
     <t>(15:00) 1-Cory Pate kicks 74 yards from PRI 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#43 Gregory Dallas - RB</t>
   </si>
   <si>
     <t>#58 Jamaal Dixon - RDE</t>
   </si>
   <si>
     <t>#92 Elmer Severs - LDE</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
   <si>
     <t>#91 Mark Goss - LDE</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
     <t>#23 Kevin Gonzalez - CB</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#26 Evan Lehman - CB</t>
   </si>
   <si>
     <t>#67 Christopher Howland - LDE</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
     <t>#1 Cory Pate - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>CAR 25</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>
   <si>
     <t>Dime Normal Double WR1 WR2</t>
   </si>
   <si>
     <t>1-10-CAR 25 (15:00) 31-Raymond Lecompte ran to CAR 29 for 4 yards. Tackle by 51-John Culp.</t>
   </si>
   <si>
     <t>#18 Remy Beauchamp  - QB</t>
   </si>
   <si>
     <t>#31 Raymond Lecompte - RB</t>
   </si>
   <si>
     <t>#87 Bobby James - TE</t>
   </si>
   <si>
     <t>#80 John Lee - TE</t>
   </si>
   <si>
     <t>#14 Shawn Heath - WR</t>
   </si>
   <si>
     <t>#59 Christopher Rodriguez - LT</t>
   </si>
   <si>
     <t>#74 Shane Snyder - LG</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#66 James Tinsley - RG</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#67 Ernest Johnson - LDE</t>
   </si>
   <si>
     <t>#95 Willis Hurley - DT</t>
   </si>
   <si>
     <t>#77 Chris Savage - DT</t>
   </si>
   <si>
     <t>#34 Jack Coleman - CB</t>
   </si>
   <si>
     <t>#55 Ryan Medford - SLB</t>
   </si>
   <si>
     <t>#21 Tristan Alatorre - CB</t>
   </si>
@@ -1664,51 +1664,51 @@
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>CAR 49</t>
   </si>
   <si>
     <t>1-10-CAR 49 (14:09) 14-William Powers sacked at PRI 43 for -8 yards (97-Lazaro Gibson). Sack allowed by 62-Charles Ivey. 62-Charles Ivey missed that block completely.</t>
   </si>
   <si>
     <t>2-18-PRI 43 (13:27) 14-William Powers pass complete to 19-Jeffrey Armstrong to CAR 40 for 17 yards. Tackle by 23-Kevin Gonzalez.</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>3-1-CAR 40 (12:48) 25-Scott Turner ran to CAR 36 for 4 yards. Tackle by 25-Allan Cooley.</t>
   </si>
   <si>
     <t>#20 Arthur Joseph - CB</t>
   </si>
   <si>
     <t>#27 Allan Cooley - FS</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
   <si>
     <t>1-10-CAR 36 (12:06) 25-Scott Turner ran to CAR 25 for 11 yards. Tackle by 23-Kevin Gonzalez. The defense seems to be calling that same play a lot. PRI 59-Patrick Miller was injured on the play.</t>
   </si>
   <si>
     <t>11:24</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>1-10-CAR 25 (11:23) 14-William Powers pass complete to 81-Jason Quinones to CAR 15 for 10 yards. Tackle by 77-Gary House.</t>
   </si>
   <si>
     <t>10:37</t>
   </si>
   <si>
     <t>1-10-CAR 15 (10:36) 25-Scott Turner ran to CAR 7 for 8 yards. Tackle by 37-Nicholas Sudduth.</t>
   </si>
   <si>
     <t>#84 William Fallon - WR</t>
   </si>