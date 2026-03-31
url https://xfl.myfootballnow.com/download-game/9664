--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -980,51 +980,51 @@
   <si>
     <t>2-10-CAR 45 (13:23) 31-Raymond Lecompte ran to PRI 50 for 5 yards. Tackle by 51-John Culp.</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>3-5-PRI 50 (12:49) 18-Remy Beauchamp  pass Pass knocked down by 21-Tristan Alatorre. incomplete, intended for 14-Shawn Heath. 21-Tristan Alatorre got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>4-5-PRI 50 (12:45) 6-Warren Remick punts 44 yards to PRI 6.</t>
   </si>
   <si>
     <t>12:34</t>
   </si>
   <si>
     <t>PRI 6</t>
   </si>
   <si>
     <t>1-10-PRI 6 (12:35) 25-Scott Turner ran to PRI 20 for 14 yards. Tackle by 97-Paul Zelaya.</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>1-10-PRI 20 (11:53) 25-Scott Turner ran to PRI 24 for 4 yards. Tackle by 23-Kevin Gonzalez.</t>
   </si>
   <si>
     <t>11:16</t>
   </si>
   <si>
     <t>PRI 24</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-6-PRI 24 (11:15) 25-Scott Turner ran to PRI 27 for 3 yards. Tackle by 60-Arthur Keck.</t>
   </si>
   <si>
     <t>10:38</t>
   </si>