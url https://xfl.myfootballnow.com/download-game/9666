--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -518,51 +518,51 @@
   <si>
     <t>#44 Doug Dearman - CB</t>
   </si>
   <si>
     <t>#27 Glenn Blakey - CB</t>
   </si>
   <si>
     <t>#47 Daniel Winkel - CB</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-CIN 25 (14:04) 9-Gary Fielding pass complete to 39-Julio Hamilton to CIN 41 for 16 yards. Tackle by 24-David Swain. CIN 39-Julio Hamilton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Jameson Kelly - TE</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>