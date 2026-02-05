--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -659,51 +659,51 @@
   <si>
     <t>#5 William Tracy - RB</t>
   </si>
   <si>
     <t>#52 Christopher Murry - WLB</t>
   </si>
   <si>
     <t>#34 Jimmy Brooks - LDE</t>
   </si>
   <si>
     <t>8:31</t>
   </si>
   <si>
     <t>PIT 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(8:32) Extra point GOOD by 1-Frank Payne. TOR 7 PIT 0</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#11 Roy Moore - WR</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#55 Carlos Ward - C</t>
   </si>
   <si>
     <t>#59 Ramon Simpson - LDE</t>
   </si>
   <si>
     <t>#52 John Woods - LDE</t>
   </si>
   <si>
     <t>(8:32) 1-Frank Payne kicks 76 yards from TOR 35 to PIT -11. Touchback.</t>
   </si>
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PIT 25 (8:32) 8-John Turner pass Pass knocked down by 25-Noah Green. incomplete, intended for 12-Roger Flowers. Pressure by 73-Nelson Dysart. PIT 66-Scott Medellin was injured on the play. He looks like he should be able to return. PIT 64-John Walling was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2262,51 +2262,51 @@
     <col min="23" max="23" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>