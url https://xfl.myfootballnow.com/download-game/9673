--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -488,51 +488,51 @@
   <si>
     <t>13:59</t>
   </si>
   <si>
     <t>CIN 19</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CIN 19 (14:00) 9-Gary Fielding pass incomplete, intended for 86-Steven Jackson.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
     <t>#45 David Santos - FB</t>
   </si>
   <si>
     <t>#85 Jameson Kelly - TE</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>
   <si>
     <t>#96 Daniel Martin - LDE</t>
   </si>
   <si>
     <t>#76 Steven Coddington - DT</t>
   </si>