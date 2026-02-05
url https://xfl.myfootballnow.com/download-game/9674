--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -590,51 +590,51 @@
   <si>
     <t>#79 Stephen Olszewski - LDE</t>
   </si>
   <si>
     <t>(12:55) 4-Carl Thompson kicks 75 yards from ZeZ 35 to TOR -10. Touchback.</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-TOR 25 (12:55) 3-Michael Keeler pass complete to 16-Daniel Bailey for 75 yards. TOUCHDOWN! TOR 6 ZeZ 7</t>
   </si>
   <si>
     <t>12:44</t>
   </si>
   <si>
     <t>RAR 15</t>
   </si>
   <si>
     <t>(12:45) Extra point GOOD by 1-Frank Payne. TOR 7 ZeZ 7</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#81 Felix Choudhury - TE</t>
   </si>
   <si>
     <t>#1 Frank Payne - K</t>
   </si>
   <si>
     <t>#55 Carlos Ward - C</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#97 Rex Boudreau - RDE</t>
   </si>
   <si>
     <t>#94 Sam Garcia - DT</t>
   </si>
   <si>
     <t>#59 Eric Tate - MLB</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
@@ -2250,51 +2250,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="342.059" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>