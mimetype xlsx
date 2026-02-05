--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -512,51 +512,51 @@
   <si>
     <t>#80 Woodrow Henderson - WR</t>
   </si>
   <si>
     <t>#13 Ronald Moody - WR</t>
   </si>
   <si>
     <t>#88 Sterling Drake - WR</t>
   </si>
   <si>
     <t>#63 Charles Linder - LT</t>
   </si>
   <si>
     <t>#64 Michael Neill - C</t>
   </si>
   <si>
     <t>#71 Jonathan Rosas - RT</t>
   </si>
   <si>
     <t>#82 Brain McKnight - RG</t>
   </si>
   <si>
     <t>#77 Willie Bledsoe - RT</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#98 Travis Romero - LDE</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#48 John Hoss - SS</t>
   </si>
   <si>
     <t>#38 Rick Stevens - CB</t>
   </si>
   <si>
     <t>#25 Andrew Hall - CB</t>
   </si>
   <si>
     <t>13:30</t>
   </si>
   <si>
     <t>Timeout DAK</t>
   </si>
   <si>
     <t>12:52</t>
   </si>