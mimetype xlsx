--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -1760,51 +1760,51 @@
   <si>
     <t>3-10-DAY 31 (6:19) 8-Terry Meyer pass Pass knocked down by 32-Steven Lindgren. incomplete, intended for 14-George Lane.</t>
   </si>
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>4-10-DAY 31 (6:16) 15-Ramon Stiver punts 48 yards to ORG 21. 17-Jordan Garcia to ORG 22 for 1 yards. Tackle by 36-Richard Rodriquez.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>1-10-ORG 22 (6:08) 6-William Young pass complete to 18-Robert Woods to DAY 12 for 67 yards. Tackle by 21-Andrew Hebert. Nice job by 18-Robert Woods on that route to lose his coverage.</t>
   </si>
   <si>
     <t>5:24</t>
   </si>
   <si>
     <t>1-10-DAY 12 (5:23) 6-William Young pass complete to 81-George Wilson to DAY 6 for 5 yards. Tackle by 95-James Sorenson. DAY 76-Joseph Johnson was injured on the play.</t>
   </si>
   <si>
     <t>#67 Billy Moore - RT</t>
   </si>
   <si>
-    <t>#79 Brian Tyree - RT</t>
+    <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
     <t>4:48</t>
   </si>
   <si>
     <t>2-5-DAY 6 (4:47) 6-William Young pass complete to 81-George Wilson to DAY 2 for 4 yards. Tackle by 95-James Sorenson. ORG 81-George Wilson was injured on the play.</t>
   </si>
   <si>
     <t>4:05</t>
   </si>
   <si>
     <t>DAY 2</t>
   </si>
   <si>
     <t>3-1-DAY 2 (4:04) 88-Manuel Crippen ran to DAY 0 for 2 yards. Tackle by 79-Arthur Boudreau.</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>DAY 0</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>