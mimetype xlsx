--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -389,51 +389,51 @@
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#68 Paul Fields - DT</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#57 Dwight White - WLB</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>MEM 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal OLB Blitz Outside</t>
   </si>
   <si>
     <t>2-7-MEM 28 (14:18) 19-Earnest Underwood ran to MEM 30 for 1 yards. Tackle by 51-Dwight White.</t>
   </si>
   <si>
     <t>#43 William Willis - WR</t>
   </si>
   <si>
     <t>13:43</t>
   </si>