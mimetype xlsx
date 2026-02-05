--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -383,51 +383,51 @@
   <si>
     <t>#55 Edwin Green - RT</t>
   </si>
   <si>
     <t>#91 Lupe Armstrong - RDE</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#68 Jonathan Judkins - MLB</t>
   </si>
   <si>
     <t>#54 David Morin - FS</t>
   </si>
   <si>
     <t>#32 Robert Gonzalez - CB</t>
   </si>
   <si>
     <t>#50 Garrett Lansberry - CB</t>
   </si>
   <si>
     <t>#57 Brian Manning - RDE</t>
   </si>
   <si>
-    <t>#33 Alvin Ward - SS</t>
+    <t>#45 Alvin Ward - SS</t>
   </si>
   <si>
     <t>#44 Christopher Larson - SS</t>
   </si>
   <si>
     <t>#46 Don Hamilton - CB</t>
   </si>
   <si>
     <t>#2 Robert Brooking - SLB</t>
   </si>
   <si>
     <t>14:20</t>
   </si>
   <si>
     <t>LAC 44</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal Weak Blitz</t>
   </si>
   <si>
     <t>1-10-LAC 44 (14:19) 6-Tom Crawford pass complete to 26-Filiberto Charles to LAC 48 for 4 yards. Tackle by 32-Robert Gonzalez.</t>
   </si>
@@ -614,51 +614,51 @@
   <si>
     <t>Split Backs 3 Wide RB Curls</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>1-10-SEA 25 (9:49) 3-Charles Deleon sacked at SEA 18 for -7 yards (72-Christopher Shoults). Sack allowed by 79-Harland Chamberlain. LAC 96-William Richter was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
     <t>#43 Robert Smith - TE</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#82 Prince Larsen - WR</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#98 Randall Meyers - DT</t>
   </si>
   <si>
     <t>#56 John Smith - WLB</t>
   </si>
   <si>
     <t>#38 Max Warren - CB</t>
   </si>
   <si>
     <t>#30 Walter Olivarria - SS</t>
   </si>