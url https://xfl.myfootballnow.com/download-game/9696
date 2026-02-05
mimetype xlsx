--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-Jeffery Moreno kicks 76 yards from NEC 35 to PNX -11. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#4 Jeffery Moreno - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
@@ -749,51 +749,51 @@
   <si>
     <t>1-10-PNX 14 (5:32) 9-Taylor Rojas pass complete to 85-Stephen Powell for 86 yards. TOUCHDOWN! Great move by 85-Stephen Powell to get free of his coverage. PENALTY - Pass Interference (NEC 92-William Todd) (Declined) NEC 0 PNX 6</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>NEC 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:20) Extra point GOOD by 6-Stephen Roman. NEC 0 PNX 7</t>
   </si>
   <si>
     <t>#11 Gary McCall - P</t>
   </si>
   <si>
     <t>#6 Stephen Roman - K</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>#72 Peter McAdams - LT</t>
   </si>
   <si>
     <t>#61 Ruben Munroe - LG</t>
   </si>
   <si>
     <t>#69 Albert Bolick - RDE</t>
   </si>
   <si>
     <t>#46 Matthew Davis - SLB</t>
   </si>
   <si>
     <t>#39 Shane Coursey - FS</t>
   </si>
   <si>
     <t>#95 Alejandro Lightfoot - FS</t>
   </si>
   <si>
     <t>PNX 35</t>
   </si>
   <si>
     <t>(5:20) 6-Stephen Roman kicks 76 yards from PNX 35 to NEC -11. Touchback.</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>3-3-PNX 31 (9:58) 15-Ryan Goodin ran to PNX 33 for -1 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>4-4-PNX 33 (9:18) 4-Jeffery Moreno 50 yard field goal is GOOD. NEC 3 PNX 7</t>
   </si>
   <si>
     <t>#19 William Anderson - QB</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>(9:15) 4-Jeffery Moreno kicks 75 yards from NEC 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-PNX 25 (9:15) 10-Carmelo Cruz ran to PNX 26 for 1 yards. Tackle by 71-Melvin Babineau.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-9-PNX 26 (8:36) 9-Taylor Rojas pass complete to 12-James Hurlbert to PNX 42 for 16 yards. Tackle by 24-Jean Davis.</t>
   </si>
@@ -2326,51 +2326,51 @@
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">