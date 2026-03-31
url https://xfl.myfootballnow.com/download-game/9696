--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -662,51 +662,51 @@
   <si>
     <t>NEC 13</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>2-20-NEC 13 (6:59) 18-Reynaldo Cook pass complete to 83-Michael Frank to NEC 36 for 23 yards.</t>
   </si>
   <si>
     <t>#11 Ryan Goodin - WR</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NEC 36 (6:19) 42-William Gorsuch ran to NEC 37 for 1 yards. Tackle by 46-Tyrone Birge.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#85 Logan Stephenson - TE</t>
   </si>
   <si>
     <t>#34 Matthew Rascon - SS</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>5:46</t>
   </si>
   <si>
     <t>NEC 37</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>2-9-NEC 37 (5:45) 18-Reynaldo Cook pass Pass knocked down by 30-Daniel Jenkins. incomplete, intended for 80-Robert Vargas.</t>
   </si>
   <si>
     <t>5:42</t>
   </si>
@@ -1028,51 +1028,51 @@
   <si>
     <t>9:59</t>
   </si>
   <si>
     <t>3-3-PNX 31 (9:58) 15-Ryan Goodin ran to PNX 33 for -1 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>4-4-PNX 33 (9:18) 4-Jeffery Moreno 50 yard field goal is GOOD. NEC 3 PNX 7</t>
   </si>
   <si>
     <t>#19 William Anderson - QB</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>(9:15) 4-Jeffery Moreno kicks 75 yards from NEC 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-PNX 25 (9:15) 10-Carmelo Cruz ran to PNX 26 for 1 yards. Tackle by 71-Melvin Babineau.</t>
   </si>
   <si>
     <t>8:37</t>
   </si>
   <si>
     <t>PNX 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-9-PNX 26 (8:36) 9-Taylor Rojas pass complete to 12-James Hurlbert to PNX 42 for 16 yards. Tackle by 24-Jean Davis.</t>
   </si>
@@ -1475,51 +1475,51 @@
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>PNX 27</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-8-PNX 27 (4:14) 9-Taylor Rojas pass incomplete, dropped by 12-James Hurlbert.</t>
   </si>
   <si>
     <t>3-8-PNX 27 (4:11) 9-Taylor Rojas ran to PNX 43 for 17 yards. Tackle by 96-Jeremy Holmes. PENALTY - Facemask (NEC 33-Roland Mathis)</t>
   </si>
   <si>
     <t>4:02</t>
   </si>
   <si>
     <t>NEC 42</t>
   </si>
   <si>
     <t>1-10-NEC 42 (4:03) 9-Taylor Rojas pass INTERCEPTED by 33-Roland Mathis at NEC 35. 33-Roland Mathis to NEC 35 for 0 yards. Tackle by 34-Sean Jaeger.</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>3:59</t>
   </si>
   <si>
     <t>1-10-NEC 35 (4:00) 18-Reynaldo Cook pass complete to 83-Michael Frank to NEC 36 for 1 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>2-9-NEC 36 (3:16) 18-Reynaldo Cook pass complete to 17-Richard Bohm for 64 yards. TOUCHDOWN! 45-Lorenzo Kapoor got away with a hold on that play. NEC 19 PNX 17</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>(3:06) Extra point GOOD by 4-Jeffery Moreno. NEC 20 PNX 17</t>
   </si>
   <si>
     <t>(3:06) 4-Jeffery Moreno kicks 74 yards from NEC 35 to PNX -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-PNX 25 (3:06) 9-Taylor Rojas pass Pass knocked down by 43-Jerry Gibbs. incomplete, intended for 88-Kenneth Ong.</t>
   </si>