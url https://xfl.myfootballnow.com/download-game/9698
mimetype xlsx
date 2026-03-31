--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -392,51 +392,51 @@
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#68 Paul Fields - DT</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:12</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>1-10-TBY 26 (14:11) 9-Alan Wyatt pass complete to 10-Robert Delatorre to TBY 14 for 12 yards. Tackle by 20-Blake Johnson.</t>
   </si>
   <si>
     <t>#32 Robert Beltran - FB</t>
   </si>
   <si>
     <t>#80 Robert Delatorre - WR</t>
   </si>
   <si>
     <t>#14 Tyler Cruz - WR</t>
   </si>