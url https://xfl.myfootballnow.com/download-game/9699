--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -368,51 +368,51 @@
   <si>
     <t>#86 James Fain - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
   <si>
     <t>#74 Leroy Jeffrey - C</t>
   </si>
   <si>
     <t>#71 Roland Ellis - RG</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#94 Gregory Meredith - RDE</t>
   </si>
   <si>
     <t>#58 Jamaal Dixon - RDE</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#50 Gary House - DT</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
   <si>
     <t>#92 Elmer Severs - LDE</t>
   </si>
   <si>
     <t>#53 Clint Moore - SLB</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
     <t>#91 Mark Goss - LDE</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
     <t>#23 Kevin Gonzalez - CB</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>MEM 44</t>
   </si>
   <si>
     <t>Singleback Normal WR Quick In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-7-MEM 44 (12:45) 5-Anthony Henderson pass complete to 12-Bobby Covert to CAR 50 for 6 yards. Tackle by 40-Evan Lehman.</t>
   </si>
   <si>
     <t>#29 Marvin Cheatwood - WR</t>
   </si>
   <si>
     <t>#55 Ted Sechrist - MLB</t>
   </si>
   <si>
     <t>#20 Arthur Joseph - CB</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>CAR 50</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>3-1-CAR 50 (12:11) 5-Anthony Henderson pass incomplete, intended for 14-James Fain.</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>I Formation 3WR WR Out</t>
   </si>
   <si>
     <t>4-1-CAR 50 (12:09) 5-Anthony Henderson pass complete to 12-Bobby Covert to CAR 38 for 12 yards. Tackle by 23-Kevin Gonzalez.</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>#18 Remy Beauchamp  - QB</t>
   </si>
   <si>
     <t>#31 Raymond Lecompte - RB</t>
   </si>
   <si>
     <t>#87 Bobby James - TE</t>
   </si>
   <si>
     <t>#14 Shawn Heath - WR</t>
   </si>
   <si>
     <t>#15 Travis Bacon - WR</t>
   </si>
   <si>
     <t>#23 Alfred Simental - WR</t>
   </si>
   <si>
     <t>#59 Christopher Rodriguez - LT</t>
   </si>
   <si>
     <t>#74 Shane Snyder - LG</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#63 Sam Freeman - C</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
     <t>#48 Jared Jones - DT</t>
   </si>
   <si>
     <t>#40 Eduardo Whitley - CB</t>
   </si>
   <si>
     <t>#49 Earl Wilcox - CB</t>
   </si>
   <si>
     <t>9:19</t>
   </si>
   <si>
     <t>CAR 42</t>
   </si>