--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1100,51 +1100,51 @@
   <si>
     <t>#33 Alton Gomez - RB</t>
   </si>
   <si>
     <t>12:31</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-10-CAR 20 (12:30) 18-Remy Beauchamp  pass Pass knocked down by 96-Terry Mason. incomplete, intended for 84-Calvin Purnell.</t>
   </si>
   <si>
     <t>12:26</t>
   </si>
   <si>
     <t>4-10-CAR 20 (12:27) 6-Warren Remick punts 47 yards to MEM 32. 19-Earnest Underwood to MEM 40 for 8 yards. Tackle by 80-John Lee.</t>
   </si>
   <si>
     <t>12:17</t>
   </si>
   <si>
     <t>1-10-MEM 40 (12:18) 5-Anthony Henderson pass complete to 14-James Fain to CAR 42 for 18 yards. Tackle by 92-Clint Moore.</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>11:43</t>
   </si>
   <si>
     <t>1-10-CAR 42 (11:42) 40-Richard Davis ran to CAR 39 for 2 yards. Tackle by 77-Gary House.</t>
   </si>
   <si>
     <t>11:07</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>2-8-CAR 39 (11:06) 19-Earnest Underwood ran to CAR 36 for 4 yards. Tackle by 77-Gary House.</t>
   </si>
   <si>
     <t>10:31</t>
   </si>
   <si>
     <t>CAR 36</t>
   </si>