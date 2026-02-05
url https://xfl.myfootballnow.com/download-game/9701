--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,51 +365,51 @@
   <si>
     <t>#91 Jorge Prevatte - WR</t>
   </si>
   <si>
     <t>#83 Arthur Rogers - WR</t>
   </si>
   <si>
     <t>#3 Donald Dean - WR</t>
   </si>
   <si>
     <t>#77 Thomas Leyva - LT</t>
   </si>
   <si>
     <t>#66 Francisco Davis - C</t>
   </si>
   <si>
     <t>#75 John Rousseau - C</t>
   </si>
   <si>
     <t>#74 Harlan Schuler - RG</t>
   </si>
   <si>
     <t>#79 Ernest Gaulke - RT</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#98 Travis Romero - LDE</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#33 Chad Meaux - SLB</t>
   </si>
   <si>
     <t>#17 David Hooks - CB</t>
   </si>
   <si>
     <t>#24 Brian Marrero - CB</t>
   </si>
   <si>
     <t>#48 John Hoss - SS</t>
   </si>
   <si>
     <t>#21 Frank Fletcher - SS</t>
   </si>