--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -485,51 +485,51 @@
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#44 Doug Dearman - CB</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>12:45</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CIN 35 (12:46) 9-Gary Fielding pass complete to 39-Julio Hamilton to CIN 42 for 6 yards. Tackle by 96-Jeremy Holmes. CIN 37-Derrick Moss was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#45 David Santos - FB</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>