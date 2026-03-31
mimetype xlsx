--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1337,51 +1337,51 @@
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>(9:39) 46-David Santos ran to NEC 0 for 2 yards. Tackle by 31-Alan Witty.</t>
   </si>
   <si>
     <t>(9:39) 4-William Muhammad kicks 74 yards from CIN 35 to NEC -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-NEC 25 (9:39) 42-William Gorsuch ran to NEC 27 for 2 yards. Tackle by 34-Eric Kimmel. NEC 77-Craig Paul was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-8-NEC 27 (8:56) 18-Reynaldo Cook pass Pass knocked down by 32-Philip Woody. incomplete, intended for 80-Robert Vargas. 59-Thomas Layne got away with a hold on that play.</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>3-8-NEC 27 (8:54) 18-Reynaldo Cook pass incomplete, intended for 80-Robert Vargas.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>4-8-NEC 27 (8:52) 3-Michael Scott punts 46 yards to CIN 27. Fair Catch by 84-Willis Vanhorn.</t>
   </si>
   <si>
     <t>8:44</t>
   </si>
   <si>
     <t>1-10-CIN 27 (8:45) 86-Steven Jackson ran to CIN 29 for 2 yards. Tackle by 98-Edward Williams.</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>CIN 29</t>
   </si>
   <si>
     <t>2-8-CIN 29 (8:12) 39-Julio Hamilton ran to CIN 32 for 3 yards. Tackle by 98-Edward Williams.</t>
   </si>
   <si>
     <t>7:32</t>
   </si>
   <si>
     <t>3-4-CIN 32 (7:31) 39-Julio Hamilton ran to CIN 36 for 4 yards. Tackle by 96-Jeremy Holmes.</t>
   </si>