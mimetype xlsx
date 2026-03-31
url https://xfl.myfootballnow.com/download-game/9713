--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -416,51 +416,51 @@
   <si>
     <t>#44 Moises Emmanuel - FB</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>BRO 35</t>
   </si>
   <si>
     <t>(14:46) 10-Lawrence Jones kicks 74 yards from BRO 35 to TBY -9. Touchback.</t>
   </si>
   <si>
     <t>#81 Jacob Jeter - WR</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
     <t>#17 Jamar Quick - WR</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#20 David Robinson - CB</t>
   </si>
   <si>
     <t>#10 Travis Hall - WR</t>
   </si>
   <si>
     <t>TBY 25</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>1-10-TBY 25 (14:46) 4-Douglas Brock pass complete to 37-Colby Hawkins to TBY 24 for -1 yards. Tackle by 56-James Felipe.</t>
   </si>