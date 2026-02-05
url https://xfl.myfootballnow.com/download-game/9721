--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -389,51 +389,51 @@
   <si>
     <t>#50 Gary House - DT</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
   <si>
     <t>#92 Elmer Severs - LDE</t>
   </si>
   <si>
     <t>#96 Ebenezer Scrooge - MLB</t>
   </si>
   <si>
     <t>#51 Fragile Frankie Merman - SLB</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
     <t>#91 Mark Goss - LDE</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#27 Allan Cooley - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-20-SEA 15 (14:58) 47-Anthony Crawford ran to SEA 18 for 3 yards. Tackle by 96-Ebenezer Scrooge.</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
     <t>#54 Walter Hughes - LDE</t>
   </si>
@@ -545,51 +545,51 @@
   <si>
     <t>1-10-CAR 9 (11:34) 31-Raymond Lecompte ran to CAR 15 for 6 yards. Tackle by 31-Anthony Pitre.</t>
   </si>
   <si>
     <t>#18 Remy Beauchamp  - QB</t>
   </si>
   <si>
     <t>#31 Raymond Lecompte - RB</t>
   </si>
   <si>
     <t>#28 Calvin Purnell - LG</t>
   </si>
   <si>
     <t>#80 John Lee - TE</t>
   </si>
   <si>
     <t>#87 Bobby James - TE</t>
   </si>
   <si>
     <t>#63 Sam Freeman - C</t>
   </si>
   <si>
     <t>#74 Shane Snyder - LG</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#66 James Tinsley - RG</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#91 Thomas Grant - LDE</t>
   </si>
   <si>
     <t>#53 Eric Sosa - SLB</t>
   </si>
   <si>
     <t>#68 Jonathan Judkins - MLB</t>
   </si>
   <si>
     <t>#70 Roy Hurt - LDE</t>
   </si>
   <si>
     <t>#53 Lloyd Sanderson - LDE</t>
   </si>
   <si>
     <t>#26 Marcus Neal - LDE</t>
   </si>