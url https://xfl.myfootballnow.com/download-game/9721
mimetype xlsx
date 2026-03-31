--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -413,51 +413,51 @@
   <si>
     <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#27 Allan Cooley - FS</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Right</t>
   </si>
   <si>
     <t>Nickel Blitz Weak Blitz</t>
   </si>
   <si>
     <t>1-20-SEA 15 (14:58) 47-Anthony Crawford ran to SEA 18 for 3 yards. Tackle by 96-Ebenezer Scrooge.</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>#26 Evan Lehman - CB</t>
   </si>
   <si>
     <t>14:14</t>
   </si>
   <si>
     <t>SEA 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-17-SEA 18 (14:13) 1-Stanley McKeon pass complete to 83-Todd Pilon to SEA 46 for 28 yards. Tackle by 40-Evan Lehman. SEA 83-Todd Pilon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>SEA 46</t>
   </si>