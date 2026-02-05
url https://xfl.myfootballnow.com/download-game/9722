--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -500,51 +500,51 @@
   <si>
     <t>#79 Walter Crowley - C</t>
   </si>
   <si>
     <t>#31 Chris Kerr - FB</t>
   </si>
   <si>
     <t>#71 Peter Whittington - C</t>
   </si>
   <si>
     <t>#66 Thomas Whitehead - RG</t>
   </si>
   <si>
     <t>#70 Christopher Shaver - RT</t>
   </si>
   <si>
     <t>#87 Doyle Weinberg - WR</t>
   </si>
   <si>
     <t>#98 John Jones - CB</t>
   </si>
   <si>
     <t>#78 John Tucker - DT</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>(14:49) 7-Rodney Hutchins kicks 74 yards from PHI 35 to VAN -9. Touchback.</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-VAN 25 (14:49) 13-David Talty ran to VAN 27 for 2 yards. Tackle by 57-Alfred Wilson.</t>
   </si>
   <si>
     <t>#5 Francis Justice - WR</t>
   </si>
   <si>
     <t>#92 John Fox - LDE</t>
   </si>
   <si>
     <t>#68 Robert Shearer - RDE</t>
   </si>
   <si>
     <t>#43 Frank Dupre - CB</t>
   </si>