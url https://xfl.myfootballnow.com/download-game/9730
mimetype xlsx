--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -389,51 +389,51 @@
   <si>
     <t>#92 Charlie Leahy - DT</t>
   </si>
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#26 William Allard - CB</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>WAS 24</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>2-11-WAS 24 (14:22) 44-Charles Claus ran to WAS 24 for a short gain. Tackle by 55-Michael Schrader.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>Strong I Big Backfield Drag</t>
   </si>