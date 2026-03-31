--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -1688,51 +1688,51 @@
   <si>
     <t>2-10-NEC 42 (0:35) 18-Reynaldo Cook pass complete to 13-Steven Crist for 58 yards. TOUCHDOWN! NYE 28 NEC 9</t>
   </si>
   <si>
     <t>0:23</t>
   </si>
   <si>
     <t>(0:24) Extra point GOOD by 4-Jeffery Moreno. NYE 28 NEC 10</t>
   </si>
   <si>
     <t>(0:24) 4-Jeffery Moreno kicks 73 yards from NEC 35 to NYE -8. 35-Kenny Davis to NYE 14 for 23 yards. Tackle by 50-Matthew Davis.</t>
   </si>
   <si>
     <t>#44 Robert Sargent - CB</t>
   </si>
   <si>
     <t>0:20</t>
   </si>
   <si>
     <t>NYE 14</t>
   </si>
   <si>
     <t>1-10-NYE 14 (0:21) 24-Francisco Leedom ran to NYE 14 for a short loss. Tackle by 96-Jeremy Holmes.</t>
   </si>
   <si>
-    <t>#37 Jeffrey Pritchett - SS</t>
+    <t>#37 Jeffrey Pritchett - LDE</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-10-NYE 14 (15:00) 9-William Jennings pass complete to 87-Joseph Ward to NYE 31 for 17 yards. Tackle by 33-Roland Mathis. 87-Joseph Ward breaks down the CB.</t>
   </si>
   <si>
     <t>NYE 31</t>
   </si>
   <si>
     <t>1-10-NYE 31 (14:25) 24-Francisco Leedom ran to NYE 33 for 2 yards. Tackle by 33-Roland Mathis.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>2-8-NYE 33 (13:44) 9-William Jennings pass complete to 21-Michael Montgomery to NYE 36 for 3 yards. Tackle by 96-Jeremy Holmes.</t>
   </si>
   <si>
     <t>13:04</t>
   </si>
@@ -1784,51 +1784,51 @@
   <si>
     <t>1-10-NYE 37 (11:30) 24-Francisco Leedom ran for 63 yards. TOUCHDOWN! NYE 34 NEC 10</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>(11:19) Extra point by 3-Allen Brown is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>(11:19) 3-Allen Brown kicks 75 yards from NYE 35 to NEC -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-NEC 25 (11:19) 18-Reynaldo Cook pass complete to 84-Steven Hamel to NEC 27 for 2 yards. Tackle by 26-Zachary Osterberg. NYE 94-Tony Jackson was injured on the play.</t>
   </si>
   <si>
     <t>11:02</t>
   </si>
   <si>
     <t>2-8-NEC 27 (11:01) 18-Reynaldo Cook pass incomplete, intended for 15-Ryan Goodin. Pressure by 90-Phillip Boyd.</t>
   </si>
   <si>
     <t>3-8-NEC 27 (10:57) 18-Reynaldo Cook pass INTERCEPTED by 22-Richard Clever at NEC 32. 22-Richard Clever to NEC 32 for -0 yards. Tackle by 30-Leland Mills.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>Singleback Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-NEC 32 (10:53) 24-Francisco Leedom ran to NEC 22 for 11 yards. Tackle by 31-Alan Witty.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>1-10-NEC 22 (10:13) 21-Michael Montgomery ran to NEC 15 for 7 yards. Tackle by 48-Jason Robertson.</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>2-3-NEC 15 (9:30) 11-Johnnie Soto ran to NEC 7 for 8 yards. Tackle by 33-Roland Mathis.</t>
   </si>
   <si>
     <t>8:54</t>
   </si>
   <si>
     <t>NEC 7</t>
   </si>