--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -521,51 +521,51 @@
   <si>
     <t>#65 Michael Branch - RG</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>10:50</t>
   </si>
   <si>
     <t>CIN 11</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Man Under 1</t>
   </si>
   <si>
     <t>1-10-CIN 11 (10:51) 9-Gary Fielding pass complete to 39-Julio Hamilton to CIN 22 for 10 yards. Tackle by 46-Ronald Lambert.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#85 Jameson Kelly - TE</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>