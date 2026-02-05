--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -362,51 +362,51 @@
   <si>
     <t>#81 Leroy Perrotta - WR</t>
   </si>
   <si>
     <t>#16 Clyde Beach - WR</t>
   </si>
   <si>
     <t>#12 Roger Flowers - WR</t>
   </si>
   <si>
     <t>#69 Henry Mickelson - LG</t>
   </si>
   <si>
     <t>#78 John Walling - C</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#76 Kevin Hall - RG</t>
   </si>
   <si>
     <t>#66 Scott Medellin - RT</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#78 David Dodge - DT</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#33 Chad Meaux - SLB</t>
   </si>
   <si>
     <t>#42 Joseph Salerno - WLB</t>
   </si>
   <si>
     <t>#45 Wilbur Patrick - WLB</t>
   </si>
   <si>
     <t>#17 David Hooks - CB</t>
   </si>
   <si>
     <t>#24 Brian Marrero - CB</t>
   </si>