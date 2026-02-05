--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -383,57 +383,57 @@
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#93 Eric Williams - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:57</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>1-20-SEA 15 (14:58) 1-Stanley McKeon sacked at SEA 8 for -7 yards (93-Eric Williams). Sack allowed by 45-Johnny Escobedo. 45-Johnny Escobedo missed that block completely.</t>
   </si>
   <si>
     <t>#87 Johnny Escobedo - TE</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>SEA 8</t>
   </si>
@@ -1115,51 +1115,51 @@
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(7:59) Extra point GOOD by 7-Ronald Grundy. SEA 7 PNX 21</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>(7:59) 7-Ronald Grundy kicks 75 yards from SEA 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>1-10-PNX 25 (7:59) 88-Kenneth Ong ran to PNX 31 for 6 yards. Tackle by 34-Marcus Neal.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>PNX 31</t>
   </si>
   <si>
     <t>2-4-PNX 31 (7:22) 9-Taylor Rojas pass complete to 12-James Hurlbert to PNX 37 for 6 yards. Tackle by 37-Christopher Larson.</t>
   </si>
@@ -1805,51 +1805,51 @@
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>PNX 45</t>
   </si>
   <si>
     <t>4-16-PNX 45 (5:40) 17-Jason McLaughlin punts 39 yards to PNX 6.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>PNX 6</t>
   </si>
   <si>
     <t>1-10-PNX 6 (5:33) 9-Taylor Rojas pass complete to 16-Mark Sager for 94 yards. TOUCHDOWN! 16-Mark Sager breaks down the CB. I think the defense might be using that play a bit too frequently. SEA 7 PNX 43</t>
   </si>
   <si>
     <t>5:19</t>
   </si>
   <si>
     <t>(5:20) Extra point GOOD by 6-Stephen Roman. SEA 7 PNX 44</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>(5:20) 6-Stephen Roman kicks 74 yards from PNX 35 to SEA -9. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-SEA 25 (5:20) 1-Stanley McKeon pass Pass knocked down by 45-Lorenzo Kapoor. incomplete, intended for 43-Robert Smith.</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>2-10-SEA 25 (5:16) 81-Steven Jones ran to SEA 26 for 1 yards. Tackle by 50-Michael Wilson.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>3-9-SEA 26 (4:54) 1-Stanley McKeon pass Pass knocked down by 43-Jose Henderson. incomplete, intended for 83-Todd Pilon.</t>
   </si>
@@ -2338,51 +2338,51 @@
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="35.277" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">