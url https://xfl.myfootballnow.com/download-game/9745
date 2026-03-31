--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1115,51 +1115,51 @@
   <si>
     <t>7:58</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>(7:59) Extra point GOOD by 7-Ronald Grundy. SEA 7 PNX 21</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>#44 Mark Bradshaw - FB</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#35 David Freeman - CB</t>
   </si>
   <si>
     <t>#90 Robert Martin - DT</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>(7:59) 7-Ronald Grundy kicks 75 yards from SEA 35 to PNX -10. Touchback.</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>1-10-PNX 25 (7:59) 88-Kenneth Ong ran to PNX 31 for 6 yards. Tackle by 34-Marcus Neal.</t>
   </si>
   <si>
     <t>7:23</t>
   </si>
   <si>
     <t>PNX 31</t>
   </si>
   <si>
     <t>2-4-PNX 31 (7:22) 9-Taylor Rojas pass complete to 12-James Hurlbert to PNX 37 for 6 yards. Tackle by 37-Christopher Larson.</t>
   </si>