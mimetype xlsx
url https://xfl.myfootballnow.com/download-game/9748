--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>CIN has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-William Muhammad kicks 74 yards from CIN 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>#85 Timothy Nunes - WR</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>#52 William Moore - RG</t>
   </si>
   <si>
     <t>#80 James Dyson - LG</t>
   </si>
   <si>
     <t>#74 James Leyva - RG</t>
   </si>
   <si>
     <t>#99 Henry Smit - SLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#89 George Shively - WR</t>
   </si>
   <si>
     <t>#11 William Vance - WR</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
@@ -497,78 +497,78 @@
   <si>
     <t>(12:12) 3-Glenn Chaney kicks 74 yards from MIA 35 to CIN -9. Touchback.</t>
   </si>
   <si>
     <t>#84 Willis Vanhorn - WR</t>
   </si>
   <si>
     <t>#47 Daniel Winkel - CB</t>
   </si>
   <si>
     <t>#44 Doug Dearman - CB</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>1-10-CIN 25 (12:12) 9-Gary Fielding pass complete to 84-Willis Vanhorn to CIN 37 for 12 yards. Tackle by 38-Derrick Roberts. Great move by 84-Willis Vanhorn to get free of his coverage.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#45 David Santos - FB</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#41 Leopoldo Worrell - SS</t>
   </si>
   <si>
     <t>11:38</t>
   </si>