--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -629,51 +629,51 @@
   <si>
     <t>#40 Tracy Lopez - LT</t>
   </si>
   <si>
     <t>#41 Michael Dennis - CB</t>
   </si>
   <si>
     <t>#33 Roland Mathis - CB</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>HOU 16</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-HOU 16 (12:09) 18-Reynaldo Cook pass Pass knocked down by 27-Kyle Locklin. incomplete, intended for 80-Robert Vargas. 27-Kyle Locklin got away with a hold on that play. 33-Roger Trimmer got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>#74 Steve Lenard - C</t>
   </si>
   <si>
     <t>#66 Alan Anderson - LG</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>2-10-HOU 16 (12:05) 18-Reynaldo Cook pass complete to 84-Steven Hamel to HOU 14 for 2 yards. Tackle by 24-David Swain.</t>
   </si>
   <si>
     <t>11:21</t>
   </si>
   <si>
     <t>HOU 14</t>
   </si>
   <si>
     <t>I Formation Power HB Strong Outside</t>
   </si>