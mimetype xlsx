--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Jefferson Davila kicks 71 yards from BUF 35 to PNX -6. Touchback.</t>
   </si>
   <si>
     <t>#10 Stephen Powell - WR</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#1 Jefferson Davila - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
@@ -611,51 +611,51 @@
   <si>
     <t>#89 Elijah Diller - WR</t>
   </si>
   <si>
     <t>#46 Earl Coddington - FB</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-7-BUF 11 (10:13) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 22 for 11 yards. Tackle by 45-Lorenzo Kapoor. PNX 2-Thomas Gooch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>BUF 22</t>
   </si>
   <si>
     <t>1-10-BUF 22 (9:27) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 25 for 3 yards. Tackle by 95-Thomas Reyes.</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>2-7-BUF 25 (8:42) 8-Matthew Whitney pass complete to 82-David Morley to BUF 30 for 5 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>BUF 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-2-BUF 30 (7:58) 44-Robert Arnett ran to BUF 29 for -2 yards. 44-Robert Arnett FUMBLES (49-Troy Winchell) recovered by BUF-51-Charles Devore at BUF 29. Tackle by 50-Michael Wilson.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
@@ -986,51 +986,51 @@
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>(12:21) 44-Robert Arnett ran to PNX 3 for -1 yards. Tackle by 28-Anthony Mansfield.</t>
   </si>
   <si>
     <t>(12:21) 7-Jefferson Davila kicks 76 yards from BUF 35 to PNX -11. Touchback.</t>
   </si>
   <si>
     <t>1-10-PNX 25 (12:21) 40-Son Johnson ran to PNX 26 for 1 yards. Tackle by 40-Charles Elsass.</t>
   </si>
   <si>
     <t>11:47</t>
   </si>
   <si>
     <t>2-9-PNX 26 (11:46) 9-Taylor Rojas pass complete to 12-James Hurlbert for 74 yards. TOUCHDOWN! PNX 13 BUF 14</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>(11:35) Extra point GOOD by 6-Stephen Roman. PNX 14 BUF 14</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>(11:35) 6-Stephen Roman kicks 69 yards from PNX 35 to BUF -4. 82-David Morley to BUF 19 for 23 yards. Tackle by 37-Micheal Stewart.</t>
   </si>
   <si>
     <t>11:30</t>
   </si>
   <si>
     <t>BUF 19</t>
   </si>
   <si>
     <t>1-10-BUF 19 (11:31) 8-Matthew Whitney pass incomplete, dropped by 85-Joseph Moore.</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>2-10-BUF 19 (11:28) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 22 for 3 yards. PENALTY - Holding (BUF 75-Christopher Contreras)</t>
   </si>
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>BUF 10</t>
   </si>
@@ -2314,51 +2314,51 @@
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">