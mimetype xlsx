--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -611,51 +611,51 @@
   <si>
     <t>#89 Elijah Diller - WR</t>
   </si>
   <si>
     <t>#46 Earl Coddington - FB</t>
   </si>
   <si>
     <t>10:12</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>3-7-BUF 11 (10:13) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 22 for 11 yards. Tackle by 45-Lorenzo Kapoor. PNX 2-Thomas Gooch was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>BUF 22</t>
   </si>
   <si>
     <t>1-10-BUF 22 (9:27) 8-Matthew Whitney pass complete to 85-Joseph Moore to BUF 25 for 3 yards. Tackle by 95-Thomas Reyes.</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>8:43</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>2-7-BUF 25 (8:42) 8-Matthew Whitney pass complete to 82-David Morley to BUF 30 for 5 yards. Tackle by 27-David Smothers.</t>
   </si>
   <si>
     <t>7:59</t>
   </si>
   <si>
     <t>BUF 30</t>
   </si>
   <si>
     <t>4-3 Normal WLB MLB Blitz</t>
   </si>
   <si>
     <t>3-2-BUF 30 (7:58) 44-Robert Arnett ran to BUF 29 for -2 yards. 44-Robert Arnett FUMBLES (49-Troy Winchell) recovered by BUF-51-Charles Devore at BUF 29. Tackle by 50-Michael Wilson.</t>
   </si>
   <si>
     <t>7:20</t>
   </si>