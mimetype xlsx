--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -335,51 +335,51 @@
   <si>
     <t>#44 Doug Dearman - CB</t>
   </si>
   <si>
     <t>#1 Frank Payne - K</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 25</t>
   </si>
   <si>
     <t>Strong I Big TE Post</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 25 (15:00) 9-Gary Fielding pass Pass knocked down by 25-Noah Green. incomplete, intended for 86-Steven Jackson. Pressure by 57-Nicholas Andujar.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#45 David Santos - FB</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>
@@ -605,51 +605,51 @@
   <si>
     <t>TOR 30</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-5-TOR 30 (12:42) 45-Richard Avery ran to TOR 32 for 2 yards. Tackle by 36-Billy Tharpe.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>TOR 32</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-3-TOR 32 (12:05) 10-David Medina punts 50 yards to CIN 18. 84-Willis Vanhorn to CIN 24 for 6 yards. Tackle by 32-Charles Sale. 34-Eric Kimmel totally missed that block. TOR 75-Eugene Marshall was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#11 Roy Moore - WR</t>
   </si>
   <si>
     <t>#60 Eugene Marshall - C</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>11:56</t>
   </si>
   <si>
     <t>CIN 24</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-CIN 24 (11:57) 9-Gary Fielding pass complete to 37-Derrick Moss to CIN 26 for 1 yards. Tackle by 28-Sidney Hicks.</t>
   </si>
   <si>
     <t>#58 Juan Ferguson - MLB</t>
   </si>
@@ -2202,69 +2202,69 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="415.184" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>