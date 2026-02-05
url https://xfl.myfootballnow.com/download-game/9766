--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,81 +365,81 @@
   <si>
     <t>#72 Robert Vargas - LDE</t>
   </si>
   <si>
     <t>#80 Steven Hamel - TE</t>
   </si>
   <si>
     <t>#11 Richard Bohm - WR</t>
   </si>
   <si>
     <t>#69 Shane Haupt - LG</t>
   </si>
   <si>
     <t>#52 William Mackin - LG</t>
   </si>
   <si>
     <t>#65 Daniel Thomas - RT</t>
   </si>
   <si>
     <t>#60 Gregory Fried - LG</t>
   </si>
   <si>
     <t>#50 Cedric Dahlke - LT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#41 Leopoldo Worrell - SS</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>NEC 28</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle Deep Man</t>
   </si>
   <si>
     <t>1-10-NEC 28 (14:57) 7-Wendell Anderson pass complete to 80-James Dyson to NEC 3 for 26 yards. Tackle by 33-Roland Mathis.</t>
   </si>
   <si>
     <t>#7 Wendell Anderson - QB</t>
   </si>
   <si>
     <t>#85 Timothy Nunes - WR</t>
   </si>
   <si>
     <t>#11 William Vance - WR</t>
   </si>