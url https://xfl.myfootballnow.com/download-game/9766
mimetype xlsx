--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -593,51 +593,51 @@
   <si>
     <t>NEC 30</t>
   </si>
   <si>
     <t>Weak I Normal All Go</t>
   </si>
   <si>
     <t>2-5-NEC 30 (13:28) 19-William Anderson sacked at NEC 20 for -10 yards (63-Edwin Johnson). Sack allowed by 60-Daniel Thomas. PENALTY - Defensive Holding (MIA 32-Charles Waters)</t>
   </si>
   <si>
     <t>#58 John Hernandez - MLB</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>13:23</t>
   </si>
   <si>
     <t>NEC 35</t>
   </si>
   <si>
     <t>1-10-NEC 35 (13:24) 30-Leland Mills ran to NEC 36 for 1 yards. Tackle by 63-Edwin Johnson.</t>
   </si>
   <si>
-    <t>#86 Leland Mills - TE</t>
+    <t>#81 Leland Mills - TE</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>NEC 36</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>2-9-NEC 36 (12:41) 19-William Anderson pass incomplete, intended for 13-Steven Crist.</t>
   </si>
   <si>
     <t>#13 Steven Crist - WR</t>
   </si>
   <si>
     <t>12:37</t>
   </si>
   <si>
     <t>Dime Normal Double WR2</t>
   </si>
   <si>
     <t>3-9-NEC 36 (12:38) 19-William Anderson pass complete to 17-Richard Bohm to NEC 47 for 11 yards. Tackle by 41-Leopoldo Worrell. 17-Richard Bohm breaks down the CB.</t>
   </si>