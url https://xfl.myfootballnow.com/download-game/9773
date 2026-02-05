--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -374,69 +374,69 @@
   <si>
     <t>#79 Bob Sacamano - LT</t>
   </si>
   <si>
     <t>#81 Chuck Billy - C</t>
   </si>
   <si>
     <t>#70 Roger Aumiller - RT</t>
   </si>
   <si>
     <t>#78 Logan Vogt - LG</t>
   </si>
   <si>
     <t>#72 Alex P. Keaton - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#99 Justin Mattox - RDE</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:48</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(14:49) Extra point GOOD by 14-Scooby Snacks. GCG 7 PNX 0</t>
   </si>
   <si>
     <t>#7 Jack O'Lantern - P</t>
   </si>
   <si>
     <t>#14 Scooby Snacks - K</t>
   </si>
@@ -1223,51 +1223,51 @@
   <si>
     <t>3-2-GCG 33 (3:57) 41-Michael J. Fox ran to GCG 33 for a short gain. Tackle by 95-Thomas Reyes.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>4-2-GCG 33 (3:24) 7-Jack O'Lantern punts 42 yards to PNX 25. Fair Catch by 85-Stephen Powell.</t>
   </si>
   <si>
     <t>3:17</t>
   </si>
   <si>
     <t>1-10-PNX 25 (3:18) 9-Taylor Rojas pass complete to 15-Charles Mobley to GCG 29 for 47 yards. PNX 40-Son Johnson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:35</t>
   </si>
   <si>
     <t>GCG 29</t>
   </si>
   <si>
     <t>1-10-GCG 29 (2:34) 9-Taylor Rojas sacked at GCG 38 for -9 yards (57-P.C. Principal). Sack allowed by 72-Peter McAdams.</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Dive Left</t>
   </si>
   <si>
     <t>2-19-GCG 38 (2:00) 80-Darren Burnett ran to GCG 37 for 1 yards. Tackle by 50-Del Gary.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>Timeout PNX</t>
   </si>
   <si>
     <t>1:56</t>
   </si>
   <si>
     <t>GCG 37</t>
   </si>
@@ -2340,51 +2340,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="283.074" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>