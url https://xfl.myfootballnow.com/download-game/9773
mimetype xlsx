--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -374,51 +374,51 @@
   <si>
     <t>#79 Bob Sacamano - LT</t>
   </si>
   <si>
     <t>#81 Chuck Billy - C</t>
   </si>
   <si>
     <t>#70 Roger Aumiller - RT</t>
   </si>
   <si>
     <t>#78 Logan Vogt - LG</t>
   </si>
   <si>
     <t>#72 Alex P. Keaton - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#48 Lorenzo Kapoor - LDE</t>
   </si>
   <si>
     <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:48</t>
   </si>