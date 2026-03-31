--- v0 (2025-12-20)
+++ v1 (2026-03-31)
@@ -389,51 +389,51 @@
   <si>
     <t>#68 Paul Fields - DT</t>
   </si>
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#95 Davis Wright - DT</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>
   <si>
     <t>#47 Carlos Kirby - CB</t>
   </si>
   <si>
     <t>#55 Michael Schrader - SS</t>
   </si>
   <si>
     <t>#22 Martin Killough - CB</t>
   </si>
   <si>
     <t>#20 David Robinson - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#27 Billy Powell - CB</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>TBY 44</t>
   </si>
   <si>
     <t>Singleback Normal SE Quick Hit</t>
   </si>
   <si>
     <t>4-3 Normal WLB Outside Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 44 (14:54) 14-William Powers pass complete to 81-Jason Quinones to TBY 42 for 2 yards. Tackle by 45-Garrett Holt.</t>
   </si>
   <si>
     <t>#12 Terry King - WR</t>
   </si>
   <si>
     <t>#25 Clarence Feldt - FS</t>
   </si>