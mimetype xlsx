--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -536,51 +536,51 @@
   <si>
     <t>#64 Johnathan Brinkley - C</t>
   </si>
   <si>
     <t>#93 Ronald Williams - DT</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>CIN 13</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Quick Out</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>1-10-CIN 13 (11:35) 9-Gary Fielding pass incomplete, dropped by 39-Julio Hamilton.</t>
   </si>
   <si>
     <t>#15 Gary Fielding - QB</t>
   </si>
   <si>
-    <t>#10 Julio Hamilton - WR</t>
+    <t>#10 Julio Hamilton - LG</t>
   </si>
   <si>
     <t>#18 Steven Jackson - WR</t>
   </si>
   <si>
     <t>#87 Martin Medina - WR</t>
   </si>
   <si>
     <t>#17 Derrick Moss - WR</t>
   </si>
   <si>
     <t>#74 Jack Durgin - LT</t>
   </si>
   <si>
     <t>#72 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#2 Richard Whitener - C</t>
   </si>
   <si>
     <t>#74 Roderick Price - RT</t>
   </si>
   <si>
     <t>#65 Robert Christopherso - RT</t>
   </si>