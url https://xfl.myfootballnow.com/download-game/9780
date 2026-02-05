--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -1394,51 +1394,51 @@
   <si>
     <t>#68 Cesar Hatch - LT</t>
   </si>
   <si>
     <t>8:01</t>
   </si>
   <si>
     <t>2-5-ATL 25 (8:00) 6-William Young pass complete to 10-Vincent Kane for 25 yards. TOUCHDOWN! ORG 6 ATL 30</t>
   </si>
   <si>
     <t>#67 Billy Moore - RT</t>
   </si>
   <si>
     <t>7:54</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>(7:55) Extra point GOOD by 19-John McKinney. ORG 7 ATL 30</t>
   </si>
   <si>
     <t>#6 Roger Jeanpierre - QB</t>
   </si>
   <si>
-    <t>#79 Brian Tyree - RT</t>
+    <t>#50 Brian Tyree - LT</t>
   </si>
   <si>
     <t>(7:55) 19-John McKinney kicks 73 yards from ORG 35 to ATL -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-ATL 25 (7:55) 36-Leroy Bello ran to ATL 30 for 5 yards. Tackle by 93-Dustin Aviles. PENALTY - Facemask (ORG 93-Dustin Aviles)</t>
   </si>
   <si>
     <t>7:51</t>
   </si>
   <si>
     <t>1-10-ATL 45 (7:52) 9-Alan Wyatt pass Pass knocked down by 28-Billy Flanagan. incomplete, intended for 89-Marvin White.</t>
   </si>
   <si>
     <t>7:49</t>
   </si>
   <si>
     <t>2-10-ATL 45 (7:50) 9-Alan Wyatt pass complete to 89-Marvin White to ORG 46 for 10 yards. Tackle by 31-Randolph Griffin.</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>ORG 46</t>
   </si>