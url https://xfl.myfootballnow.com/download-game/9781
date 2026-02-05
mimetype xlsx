--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -290,51 +290,51 @@
   <si>
     <t>MEM</t>
   </si>
   <si>
     <t>MEM 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 4-William Davis kicks 75 yards from MEM 35 to CAR -10. Touchback.</t>
   </si>
   <si>
     <t>#43 Gregory Dallas - RB</t>
   </si>
   <si>
     <t>#58 Jamaal Dixon - RDE</t>
   </si>
   <si>
     <t>#92 Elmer Severs - LDE</t>
   </si>
   <si>
-    <t>#70 Arthur Keck - LDE</t>
+    <t>#60 Arthur Keck - LDE</t>
   </si>
   <si>
     <t>#91 Mark Goss - LDE</t>
   </si>
   <si>
     <t>#94 Steven Houston - WLB</t>
   </si>
   <si>
     <t>#67 Christopher Howland - LDE</t>
   </si>
   <si>
     <t>#79 Lazaro Gibson - RDE</t>
   </si>
   <si>
     <t>#35 Joshua Chavez - CB</t>
   </si>
   <si>
     <t>#23 Kevin Gonzalez - CB</t>
   </si>
   <si>
     <t>#26 Evan Lehman - CB</t>
   </si>
   <si>
     <t>#4 William Davis - K</t>
   </si>
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CAR 25 (15:00) 31-Raymond Lecompte ran to CAR 26 for 1 yards. Tackle by 35-Kevin Eastham.</t>
   </si>
   <si>
     <t>#18 Remy Beauchamp  - QB</t>
   </si>
   <si>
     <t>#31 Raymond Lecompte - RB</t>
   </si>
   <si>
     <t>#87 Bobby James - TE</t>
   </si>
   <si>
     <t>#80 John Lee - TE</t>
   </si>
   <si>
     <t>#14 Shawn Heath - WR</t>
   </si>
   <si>
     <t>#59 Christopher Rodriguez - LT</t>
   </si>
   <si>
     <t>#74 Shane Snyder - LG</t>
   </si>
   <si>
-    <t>#55 James Martin - C</t>
+    <t>#60 James Martin - C</t>
   </si>
   <si>
     <t>#66 James Tinsley - RG</t>
   </si>
   <si>
     <t>#75 Gregory Thompson - C</t>
   </si>
   <si>
     <t>#93 Donnie Huerta - LDE</t>
   </si>
   <si>
     <t>#93 Darrell Dustin - DT</t>
   </si>
   <si>
     <t>#94 Paul Matthews - DT</t>
   </si>
   <si>
     <t>#3 Clifford Owens - LDE</t>
   </si>
   <si>
     <t>#55 Terry Mason - MLB</t>
   </si>
   <si>
     <t>#29 Orville Wells - CB</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#12 Bobby Covert - WR</t>
   </si>
   <si>
     <t>#51 Michael Rosenfeld - LT</t>
   </si>
   <si>
     <t>#68 Edward Leal - RT</t>
   </si>
   <si>
     <t>#71 David Shipman - C</t>
   </si>
   <si>
     <t>#70 George Sanderson - C</t>
   </si>
   <si>
     <t>#68 Kristopher Christiansen - C</t>
   </si>
   <si>
     <t>#96 Ebenezer Scrooge - MLB</t>
   </si>
   <si>
     <t>#55 Ted Sechrist - MLB</t>
   </si>
   <si>
-    <t>#20 Nicholas Sudduth - FS</t>
+    <t>#43 Nicholas Sudduth - FS</t>
   </si>
   <si>
     <t>#27 Allan Cooley - FS</t>
   </si>
   <si>
     <t>11:54</t>
   </si>
   <si>
     <t>I Formation 3WR Backfield Flats</t>
   </si>
   <si>
     <t>Nickel Normal CB3 LB Blitz</t>
   </si>
   <si>
     <t>2-10-MEM 20 (11:55) 5-Anthony Henderson pass complete to 12-Bobby Covert to MEM 32 for 12 yards. Tackle by 25-Allan Cooley.</t>
   </si>
   <si>
     <t>#50 Gary House - DT</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>MEM 32</t>
   </si>