--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -1370,51 +1370,51 @@
   <si>
     <t>1-10-CAR 25 (0:04) 31-Raymond Lecompte ran to CAR 32 for 7 yards. Tackle by 20-Orville Wells.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
   <si>
     <t>(15:00) 8-Justin Plummer kicks 75 yards from CAR 35 to MEM -10. Touchback.</t>
   </si>
   <si>
     <t>1-10-MEM 25 (15:00) 5-Anthony Henderson sacked at MEM 18 for -7 yards (97-Lazaro Gibson). Sack allowed by 67-David Shipman. PENALTY - Offsides (CAR 77-Gary House)</t>
   </si>
   <si>
     <t>MEM 30</t>
   </si>
   <si>
     <t>1-5-MEM 30 (14:57) 5-Anthony Henderson pass complete to 14-James Fain to MEM 37 for 7 yards. Tackle by 56-Steven Houston. CAR 60-Arthur Keck was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>1-10-MEM 37 (14:14) 80-Lawrence Robertson ran to MEM 38 for 1 yards. Tackle by 56-Steven Houston.</t>
   </si>
   <si>
-    <t>#54 Walter Hughes - LDE</t>
+    <t>#72 Walter Hughes - LDE</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>2-9-MEM 38 (13:37) 5-Anthony Henderson pass complete to 14-James Fain to CAR 48 for 14 yards. Tackle by 91-Mark Goss.</t>
   </si>
   <si>
     <t>12:52</t>
   </si>
   <si>
     <t>1-10-CAR 48 (12:51) 5-Anthony Henderson pass complete to 14-James Fain to CAR 30 for 18 yards. Tackle by 37-Nicholas Sudduth.</t>
   </si>
   <si>
     <t>12:12</t>
   </si>
   <si>
     <t>CAR 30</t>
   </si>
   <si>
     <t>1-10-CAR 30 (12:11) 5-Anthony Henderson sacked at CAR 37 for -8 yards (97-Lazaro Gibson). Sack allowed by 51-Michael Rosenfeld.</t>
   </si>
   <si>
     <t>11:36</t>
   </si>