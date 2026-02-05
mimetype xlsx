--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -812,51 +812,51 @@
   <si>
     <t>5:35</t>
   </si>
   <si>
     <t>2-10-TOR 48 (5:36) 45-Richard Avery ran to TOR 46 for -1 yards. Tackle by 54-Joel Dodson.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
   <si>
     <t>TOR 46</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>3-11-TOR 46 (4:59) 3-Michael Keeler pass Pass knocked down by 24-David Swain. incomplete, intended for 36-John Landers.</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>4-11-TOR 46 (4:56) 10-David Medina punts 55 yards to HOU -2. HOU 54-Joel Dodson was injured on the play. He looks like he should be able to return.4-11-TOR 46 (4:56) 10-David Medina punts 55 yards to HOU -2. Touchback. HOU 54-Joel Dodson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#93 Carl Simpson - DT</t>
   </si>
   <si>
     <t>4:47</t>
   </si>
   <si>
     <t>HOU 20</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-HOU 20 (4:48) 6-Joseph Eady pass complete to 11-John Gomez to HOU 22 for 2 yards. Tackle by 30-Kevin Morales.</t>
   </si>
   <si>
     <t>4:04</t>
   </si>
   <si>
     <t>2-8-HOU 22 (4:03) 23-Tracy Lopez ran to HOU 26 for 4 yards. Tackle by 56-Gino Dixon.</t>
   </si>