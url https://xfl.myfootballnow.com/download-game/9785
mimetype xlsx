--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -794,51 +794,51 @@
   <si>
     <t>4-6-BRO 29 (7:21) 2-Jared Obrien 46 yard field goal is GOOD. SPP 3 BRO 0</t>
   </si>
   <si>
     <t>#2 Jared Obrien - K</t>
   </si>
   <si>
     <t>#24 Kenneth Letson - CB</t>
   </si>
   <si>
     <t>#44 Mark Hammontree - WLB</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>SPP 35</t>
   </si>
   <si>
     <t>(7:18) 2-Jared Obrien kicks 73 yards from SPP 35 to BRO -8. 82-Harold Caldwell to BRO 31 for 39 yards. Tackle by 2-Jared Obrien.</t>
   </si>
   <si>
     <t>#85 Michael Perry - WR</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>7:11</t>
   </si>
   <si>
     <t>BRO 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-BRO 31 (7:12) 86-Bruce Johnson ran to SPP 40 for 29 yards.</t>
   </si>
   <si>
     <t>#91 Rolando Williams - DT</t>
   </si>
   <si>
     <t>#30 Timothy Roberts - FS</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
@@ -2388,51 +2388,51 @@
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="371.481" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>