--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -365,81 +365,81 @@
   <si>
     <t>#81 Leroy Perrotta - WR</t>
   </si>
   <si>
     <t>#16 Clyde Beach - WR</t>
   </si>
   <si>
     <t>#12 Roger Flowers - WR</t>
   </si>
   <si>
     <t>#69 Henry Mickelson - LG</t>
   </si>
   <si>
     <t>#78 John Walling - C</t>
   </si>
   <si>
     <t>#52 Terry Swanson - C</t>
   </si>
   <si>
     <t>#76 Kevin Hall - RG</t>
   </si>
   <si>
     <t>#66 Scott Medellin - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#96 Edwin Johnson - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#41 Leopoldo Worrell - SS</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>PIT 27</t>
   </si>
   <si>
     <t>2-8-PIT 27 (14:22) 18-Carlos Scott ran to PIT 31 for 3 yards. Tackle by 91-Frank Watson.</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>13:49</t>
   </si>
   <si>
     <t>PIT 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>Dime Normal 2 Deep Man Under</t>
   </si>
@@ -2182,51 +2182,51 @@
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="339.631" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>