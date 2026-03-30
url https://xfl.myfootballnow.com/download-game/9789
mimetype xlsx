--- v0 (2025-12-20)
+++ v1 (2026-03-30)
@@ -392,51 +392,51 @@
   <si>
     <t>#64 Roger Reynolds - DT</t>
   </si>
   <si>
     <t>#95 Randolph Sailor - LDE</t>
   </si>
   <si>
     <t>#87 Tommy Martinez - LDE</t>
   </si>
   <si>
     <t>#90 Michael Gonzales - LDE</t>
   </si>
   <si>
     <t>#21 Jim Cohen - CB</t>
   </si>
   <si>
     <t>#25 Clarence Feldt - FS</t>
   </si>
   <si>
     <t>#20 David Robinson - CB</t>
   </si>
   <si>
     <t>#35 Phillip Stthomas - CB</t>
   </si>
   <si>
-    <t>#46 Garrett Holt - CB</t>
+    <t>#46 Garrett Holt - RDE</t>
   </si>
   <si>
     <t>#28 Greg McKenzie - SS</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>TEX 18</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>2-7-TEX 18 (14:22) 21-Hassan Morrison ran to TEX 19 for 1 yards. Tackle by 56-Elmer Amezcua. PENALTY - Holding (TEX 57-Luis Valerio)</t>
   </si>
   <si>
     <t>#27 George Gurley - RB</t>
   </si>
   <si>
     <t>#96 Elmer Amezcua - WLB</t>
   </si>