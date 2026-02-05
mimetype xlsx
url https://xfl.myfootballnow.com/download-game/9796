--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -440,51 +440,51 @@
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>1-10-VBA 50 (14:14) 28-John Parker ran to VBA 33 for 17 yards. 28-John Parker FUMBLES (30-Hiram Torres) recovered by SEA-28-John Parker to VBA 28 for 2 yards. Pushed out of bounds by 30-Hiram Torres.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#43 Robert Smith - TE</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#55 Leroy Ewing - RDE</t>
   </si>
   <si>
     <t>#2 Jesse Martin - CB</t>
   </si>
   <si>
     <t>#7 Kenneth Allen - CB</t>
   </si>
   <si>
     <t>#43 Elbert Lipford - CB</t>
   </si>