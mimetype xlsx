--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -371,69 +371,69 @@
   <si>
     <t>#75 Eddie Martinez - LG</t>
   </si>
   <si>
     <t>#62 Richard Dobson - LT</t>
   </si>
   <si>
     <t>#72 Robert Epps - C</t>
   </si>
   <si>
     <t>#78 Alfred Marcello - LT</t>
   </si>
   <si>
     <t>#55 Edwin Green - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
+    <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>LAC 40</t>
   </si>
   <si>
     <t>Singleback Normal HB Release Mid</t>
   </si>
   <si>
     <t>4-3 Normal Double WR1</t>
   </si>
   <si>
     <t>1-10-LAC 40 (14:21) 6-Tom Crawford pass Pass knocked down by 37-Micheal Stewart. incomplete, intended for 85-Andre Williams.</t>
   </si>
   <si>
     <t>#16 Joshua Moose - RB</t>
   </si>
   <si>
     <t>#32 Anthony Bryant - WR</t>
   </si>