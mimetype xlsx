--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -371,51 +371,51 @@
   <si>
     <t>#75 Eddie Martinez - LG</t>
   </si>
   <si>
     <t>#62 Richard Dobson - LT</t>
   </si>
   <si>
     <t>#72 Robert Epps - C</t>
   </si>
   <si>
     <t>#78 Alfred Marcello - LT</t>
   </si>
   <si>
     <t>#55 Edwin Green - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#79 Nicholas Matias - CB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#27 Jose Henderson - CB</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
     <t>#24 David Smothers - CB</t>
   </si>
   <si>
     <t>#42 Jeffrey Daniels - CB</t>
   </si>
   <si>
     <t>14:22</t>
   </si>