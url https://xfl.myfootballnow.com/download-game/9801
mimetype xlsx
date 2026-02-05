--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -299,54 +299,54 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Ronald Grundy kicks 66 yards from SEA 35 to PNX -1. Touchback.</t>
   </si>
   <si>
     <t>#44 Lee Lytton - WR</t>
   </si>
   <si>
     <t>#22 John Sandoval - SS</t>
   </si>
   <si>
     <t>#56 Turkey Leg Summerall - CB</t>
   </si>
   <si>
     <t>#41 Anthony Mansfield - CB</t>
   </si>
   <si>
     <t>#48 Tyrone Birge - CB</t>
   </si>
   <si>
     <t>#49 Troy Winchell - CB</t>
   </si>
   <si>
-    <t>#47 David Smothers - CB</t>
-[...2 lines deleted...]
-    <t>#70 Thomas Reyes - LDE</t>
+    <t>#24 David Smothers - CB</t>
+  </si>
+  <si>
+    <t>#98 Thomas Reyes - LDE</t>
   </si>
   <si>
     <t>#30 Daniel Jenkins - CB</t>
   </si>
   <si>
     <t>#49 Carl Pettit - FS</t>
   </si>
   <si>
     <t>#37 Micheal Stewart - CB</t>
   </si>
   <si>
     <t>#7 Ronald Grundy - K</t>
   </si>
   <si>
     <t>PNX</t>
   </si>
   <si>
     <t>PNX 25</t>
   </si>
   <si>
     <t>Singleback Big HB Inside Strong</t>
   </si>
   <si>
     <t>3-4 Normal Double Blitz</t>
   </si>
@@ -500,51 +500,51 @@
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-SEA 25 (12:07) 28-John Parker ran to SEA 24 for -1 yards. Tackle by 65-Michael Whaley.</t>
   </si>
   <si>
     <t>#1 Stanley McKeon - QB</t>
   </si>
   <si>
     <t>#1 John Parker - LT</t>
   </si>
   <si>
     <t>#23 Anthony Crawford - RB</t>
   </si>
   <si>
     <t>#79 Bryant Minick - RT</t>
   </si>
   <si>
     <t>#23 James King - RB</t>
   </si>
   <si>
     <t>#19 Todd Pilon - WR</t>
   </si>
   <si>
-    <t>#79 Harland Chamberlain - C</t>
+    <t>#58 Harland Chamberlain - C</t>
   </si>
   <si>
     <t>#50 Ryan Butler - LG</t>
   </si>
   <si>
     <t>#75 Scott Smith - LT</t>
   </si>
   <si>
     <t>#63 Ethan Mauk - RG</t>
   </si>
   <si>
     <t>#73 James Lee - RT</t>
   </si>
   <si>
     <t>#72 Michael Whaley - LDE</t>
   </si>
   <si>
     <t>#50 Michael Wilson - DT</t>
   </si>
   <si>
     <t>#70 Patrick Washington - DT</t>
   </si>
   <si>
     <t>#58 Thomas Gooch - RDE</t>
   </si>
@@ -926,51 +926,51 @@
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PNX 14</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-4-PNX 14 (14:16) 11-Mark Bradshaw ran to PNX 16 for -2 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>PNX 16</t>
   </si>
   <si>
     <t>4-6-PNX 16 (13:42) 7-Ronald Grundy 33 yard field goal is GOOD. PNX 9 SEA 3</t>
   </si>
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - SLB</t>
+    <t>#99 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>(13:39) 7-Ronald Grundy kicks 71 yards from SEA 35 to PNX -6. 44-Lee Lytton to PNX 15 for 21 yards. Tackle by 29-Ricky Blum. 46-Tyrone Birge completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>1-10-PNX 15 (13:36) 9-Taylor Rojas pass Pass knocked down by 94-Pedro Lund. incomplete, intended for 40-Son Johnson.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-PNX 15 (13:33) 9-Taylor Rojas pass incomplete, dropped by 40-Son Johnson.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
@@ -1220,51 +1220,51 @@
   <si>
     <t>3-1-SEA 49 (3:59) 1-Stanley McKeon pass incomplete, the ball was thrown away. Pressure by 2-Thomas Gooch.</t>
   </si>
   <si>
     <t>3:54</t>
   </si>
   <si>
     <t>4-1-SEA 49 (3:55) 17-Jason McLaughlin punts 45 yards to PNX 6. SEA 83-Todd Pilon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:44</t>
   </si>
   <si>
     <t>PNX 6</t>
   </si>
   <si>
     <t>1-10-PNX 6 (3:45) 9-Taylor Rojas pass Pass knocked down by 32-Robert Gonzalez. incomplete, intended for 15-Charles Mobley. PNX 51-Steve Donnell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>2-10-PNX 6 (3:43) 9-Taylor Rojas pass complete to 16-Mark Sager to PNX 23 for 17 yards. Tackle by 37-Christopher Larson. I think the defense might be using that play a bit too frequently.</t>
   </si>
   <si>
-    <t>#51 John Courtemanche - RT</t>
+    <t>#51 John Courtemanche - C</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>PNX 23</t>
   </si>
   <si>
     <t>1-10-PNX 23 (2:56) 9-Taylor Rojas pass complete to 12-James Hurlbert to PNX 28 for 5 yards. Tackle by 94-Pedro Lund. 12-James Hurlbert made a great move on the CB.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>PNX 28</t>
   </si>
   <si>
     <t>2-5-PNX 28 (2:23) 9-Taylor Rojas pass complete to 80-Darren Burnett to PNX 38 for 10 yards. Tackle by 58-Garrett Lansberry.</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>