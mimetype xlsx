--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -926,51 +926,51 @@
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>PNX 14</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>3-4-PNX 14 (14:16) 11-Mark Bradshaw ran to PNX 16 for -2 yards. Tackle by 49-Troy Winchell.</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>PNX 16</t>
   </si>
   <si>
     <t>4-6-PNX 16 (13:42) 7-Ronald Grundy 33 yard field goal is GOOD. PNX 9 SEA 3</t>
   </si>
   <si>
     <t>#13 Charles Deleon - QB</t>
   </si>
   <si>
-    <t>#99 Justin Mattox - RDE</t>
+    <t>#53 Justin Mattox - RDE</t>
   </si>
   <si>
     <t>13:38</t>
   </si>
   <si>
     <t>(13:39) 7-Ronald Grundy kicks 71 yards from SEA 35 to PNX -6. 44-Lee Lytton to PNX 15 for 21 yards. Tackle by 29-Ricky Blum. 46-Tyrone Birge completely missed his blocking assignment.</t>
   </si>
   <si>
     <t>PNX 15</t>
   </si>
   <si>
     <t>1-10-PNX 15 (13:36) 9-Taylor Rojas pass Pass knocked down by 94-Pedro Lund. incomplete, intended for 40-Son Johnson.</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>2-10-PNX 15 (13:33) 9-Taylor Rojas pass incomplete, dropped by 40-Son Johnson.</t>
   </si>
   <si>
     <t>13:28</t>
   </si>