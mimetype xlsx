--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -644,51 +644,51 @@
   <si>
     <t>#69 Juan Jimenez - RG</t>
   </si>
   <si>
     <t>#56 Peter Epperly - LDE</t>
   </si>
   <si>
     <t>#69 Karl Tong - DT</t>
   </si>
   <si>
     <t>#61 Bobby Thomas - DT</t>
   </si>
   <si>
     <t>#75 Mike Buchanan - SLB</t>
   </si>
   <si>
     <t>#48 Todd Howes - CB</t>
   </si>
   <si>
     <t>#24 Ivan Cook - WLB</t>
   </si>
   <si>
     <t>#37 Everett Redford - SS</t>
   </si>
   <si>
-    <t>#41 John Branch - RDE</t>
+    <t>#41 John Branch - CB</t>
   </si>
   <si>
     <t>#36 Ronald Buckingham - CB</t>
   </si>
   <si>
     <t>10:48</t>
   </si>
   <si>
     <t>PHI 29</t>
   </si>
   <si>
     <t>I Formation Normal HB Draw</t>
   </si>
   <si>
     <t>Nickel Normal Double LB Blitz</t>
   </si>
   <si>
     <t>2-6-PHI 29 (10:47) 38-Derrick Focht ran to PHI 32 for 3 yards. Tackle by 61-Bobby Thomas.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>PHI 32</t>
   </si>