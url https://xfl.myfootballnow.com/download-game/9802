--- v1 (2026-02-05)
+++ v2 (2026-03-31)
@@ -341,51 +341,51 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 18-Johnathan Cantu pass Pass knocked down by 37-Roy Omeara. incomplete, intended for 80-George Andrade.</t>
   </si>
   <si>
     <t>#4 Johnathan Cantu - QB</t>
   </si>
   <si>
     <t>#23 Danny Melillo - WR</t>
   </si>
   <si>
     <t>#10 George Andrade - WR</t>
   </si>
   <si>
-    <t>#19 Phillip Mandell - WR</t>
+    <t>#19 Phillip Mandell - C</t>
   </si>
   <si>
     <t>#73 John Coleman - RT</t>
   </si>
   <si>
     <t>#81 Purple Urkle - LT</t>
   </si>
   <si>
     <t>#56 Kevin Giglio - C</t>
   </si>
   <si>
     <t>#73 Donald Hubbard - RG</t>
   </si>
   <si>
     <t>#54 Ken Hedrick - LG</t>
   </si>
   <si>
     <t>#74 Andrew Rowell - LDE</t>
   </si>
   <si>
     <t>#94 Ronald Ramirez - DT</t>
   </si>
   <si>
     <t>#54 Michael Robinson - DT</t>
   </si>