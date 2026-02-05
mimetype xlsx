--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -584,84 +584,84 @@
   <si>
     <t>#89 Dustin Petersen - WR</t>
   </si>
   <si>
     <t>#84 Robert Desantiago - WR</t>
   </si>
   <si>
     <t>#75 Samuel Thomas - LG</t>
   </si>
   <si>
     <t>#87 William King - WR</t>
   </si>
   <si>
     <t>#85 Michael Perry - WR</t>
   </si>
   <si>
     <t>#87 George Cohen - C</t>
   </si>
   <si>
     <t>#27 David Villegas - FB</t>
   </si>
   <si>
     <t>#83 Terrance McConkey - C</t>
   </si>
   <si>
-    <t>#88 Richard Bishop - WR</t>
+    <t>#88 Richard Bishop - C</t>
   </si>
   <si>
     <t>BRO 25</t>
   </si>
   <si>
     <t>Singleback Empty 4 Short Posts</t>
   </si>
   <si>
     <t>Dime Flat Man Cover 1</t>
   </si>
   <si>
     <t>1-10-BRO 25 (11:32) 14-Michael Fitzgerald pass complete to 82-Harold Caldwell to BRO 38 for 13 yards. Tackle by 23-David Hooks.</t>
   </si>
   <si>
     <t>#15 Michael Fitzgerald - QB</t>
   </si>
   <si>
     <t>#17 Rodney Webster - WR</t>
   </si>
   <si>
     <t>#76 Daniel Sotelo - RG</t>
   </si>
   <si>
     <t>#66 Donald Torres - RG</t>
   </si>
   <si>
     <t>#65 Phil Weaver - RT</t>
   </si>
   <si>
     <t>#66 Earl Lewis - RG</t>
   </si>
   <si>
-    <t>#93 William Levey - DT</t>
+    <t>#99 William Levey - DT</t>
   </si>
   <si>
     <t>#52 Gil Whitman - DT</t>
   </si>
   <si>
     <t>#78 David Dodge - DT</t>
   </si>
   <si>
     <t>#75 Joel Schaffer - DT</t>
   </si>
   <si>
     <t>#48 John Hoss - SS</t>
   </si>
   <si>
     <t>#25 Andrew Hall - CB</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>BRO 38</t>
   </si>
   <si>
     <t>Singleback Normal TE Quick Out</t>
   </si>
@@ -2424,56 +2424,56 @@
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="71" max="71" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>