--- v0 (2025-12-20)
+++ v1 (2026-02-05)
@@ -284,51 +284,51 @@
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>TOR has won the toss and elected to defer.</t>
   </si>
   <si>
     <t>TOR</t>
   </si>
   <si>
     <t>TOR 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Frank Payne kicks 74 yards from TOR 35 to MIA -9. Touchback.</t>
   </si>
   <si>
     <t>#85 Timothy Nunes - WR</t>
   </si>
   <si>
-    <t>#49 Charles Waters - FS</t>
+    <t>#25 Charles Waters - FS</t>
   </si>
   <si>
     <t>#52 William Moore - RG</t>
   </si>
   <si>
     <t>#80 James Dyson - LG</t>
   </si>
   <si>
     <t>#74 James Leyva - RG</t>
   </si>
   <si>
     <t>#99 Henry Smit - SLB</t>
   </si>
   <si>
     <t>#58 Ned Jones - RT</t>
   </si>
   <si>
     <t>#89 George Shively - WR</t>
   </si>
   <si>
     <t>#11 William Vance - WR</t>
   </si>
   <si>
     <t>#38 Derrick Roberts - CB</t>
   </si>
@@ -548,51 +548,51 @@
   <si>
     <t>#30 John Landers - RB</t>
   </si>
   <si>
     <t>#80 Lester Litchfield - LT</t>
   </si>
   <si>
     <t>#45 Richard Avery - RB</t>
   </si>
   <si>
     <t>#17 Joseph Baur - WR</t>
   </si>
   <si>
     <t>#74 Paul Freeman - LT</t>
   </si>
   <si>
     <t>#78 William Childress - C</t>
   </si>
   <si>
     <t>#67 Stephen Cruz - RG</t>
   </si>
   <si>
     <t>#79 Matt Durham - RT</t>
   </si>
   <si>
-    <t>#55 George Roberts - WLB</t>
+    <t>#55 George Roberts - FS</t>
   </si>
   <si>
     <t>#98 Kenneth Kirchner - DT</t>
   </si>
   <si>
     <t>#76 John Green - DT</t>
   </si>
   <si>
     <t>#96 Samuel Brummett - RDE</t>
   </si>
   <si>
     <t>#99 Richard Johns - SLB</t>
   </si>
   <si>
     <t>#95 Lewis Jones - WLB</t>
   </si>
   <si>
     <t>#91 Frank Watson - WLB</t>
   </si>
   <si>
     <t>#63 Thomas Haney - DT</t>
   </si>
   <si>
     <t>#41 Leopoldo Worrell - SS</t>
   </si>
@@ -668,51 +668,51 @@
   <si>
     <t>Dime Normal Double WR3</t>
   </si>
   <si>
     <t>3-6-TOR 45 (8:55) 3-Michael Keeler pass Pass knocked down by 41-Leopoldo Worrell. incomplete, intended for 17-Joseph Baur.</t>
   </si>
   <si>
     <t>#93 Michael Knox - SLB</t>
   </si>
   <si>
     <t>#22 Daryl Gardner - CB</t>
   </si>
   <si>
     <t>8:50</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-TOR 45 (8:51) 10-David Medina punts 59 yards to MIA -4.4-6-TOR 45 (8:51) 10-David Medina punts 59 yards to MIA -4. Touchback.</t>
   </si>
   <si>
-    <t>#10 David Medina - P</t>
+    <t>#4 David Medina - P</t>
   </si>
   <si>
     <t>#18 Samuel Sharma - WR</t>
   </si>
   <si>
     <t>#70 Patrick Snyder - RG</t>
   </si>
   <si>
     <t>#69 Caleb Baird - LT</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>1-10-MIA 20 (8:43) 85-Timothy Nunes ran to MIA 18 for -2 yards. Tackle by 50-Daniel Simmons.</t>
   </si>
   <si>
     <t>#70 William Lipscomb - RG</t>
   </si>
   <si>
     <t>8:05</t>
   </si>